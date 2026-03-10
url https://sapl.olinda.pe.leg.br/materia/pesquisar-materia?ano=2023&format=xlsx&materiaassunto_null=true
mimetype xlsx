--- v0 (2026-01-22)
+++ v1 (2026-03-10)
@@ -54,2316 +54,2316 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5036</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>05 - Everaldo Silva</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5036/pdl_01_2023_autor_ver._everaldo_silva.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5036/pdl_01_2023_autor_ver._everaldo_silva.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo de Cidadão de Olinda ao Sr. Henrique Costa da Veiga Seixas;</t>
   </si>
   <si>
     <t>5035</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Bruno D'Melo</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5035/pdl_02_2023_autor_ver._bruno_de_melo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5035/pdl_02_2023_autor_ver._bruno_de_melo.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo de Cidadão de Olinda ao Sr. Almir Antônio Cesário Mota;</t>
   </si>
   <si>
     <t>5118</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>09 - Flávio Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5118/pdl_03_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5118/pdl_03_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo de Cidadão de Olinda ao Sr. Joel Maurino do Carmo;</t>
   </si>
   <si>
     <t>5120</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>16 - BIAI</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5120/pdl_04_2023_autor_ver_severino_barbosa.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5120/pdl_04_2023_autor_ver_severino_barbosa.pdf</t>
   </si>
   <si>
     <t>Concede Medalha e Diploma de Mérito Empresarial ao Salão Silvio Cabelereiro.</t>
   </si>
   <si>
     <t>5155</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>03 - FELIPE NASCIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5155/pdl_05_2023_autor_ver._felipe_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5155/pdl_05_2023_autor_ver._felipe_nascimento.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão de Olinda ao Sr. Laércio José de Oliveira.</t>
   </si>
   <si>
     <t>5156</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>16 - Tonny Magalhães</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5156/pdl_06_2023_autor_ver._tonny_magalhaes.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5156/pdl_06_2023_autor_ver._tonny_magalhaes.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha Aluísio Magalhães ao Sr. João da Silva Trindade.</t>
   </si>
   <si>
     <t>5163</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5163/pdl_07_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5163/pdl_07_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Concede Medalha e Diploma de Mérito Aloísio Magalhães a Sra Ana Callou.</t>
   </si>
   <si>
     <t>5164</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5164/pdl_08_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5164/pdl_08_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo de Cidadão de Olinda ao Sr. Rogério Alves Ribeiro.</t>
   </si>
   <si>
     <t>5167</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5167/pdl_09_2023_autor_ver._bruno_de_melo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5167/pdl_09_2023_autor_ver._bruno_de_melo.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo de Cidadão de Olinda ao Senhor Luiz Clemente de Amorim.</t>
   </si>
   <si>
     <t>5179</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>15 - SAULO HOLANDA</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5179/pdl_10_2023_autor_ver._saulo_holanda.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5179/pdl_10_2023_autor_ver._saulo_holanda.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão de Olinda ao Sr. Evandro José Moreira de Avelar</t>
   </si>
   <si>
     <t>5212</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/</t>
+    <t>http://sapl.olinda.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Concede a Medalha do Mérito Aloísio Magalhães a Sra. Andrea de Paula Travassos.</t>
   </si>
   <si>
     <t>5213</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>07 - JESUÍNO ARAÚJO</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5213/pdl_12_2023_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5213/pdl_12_2023_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã de Olinda a Sra. Alice Luiza Vasconcelos Toscano de Brito Melo.</t>
   </si>
   <si>
     <t>5214</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>11 - Dete Silva</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5214/pdl_13_2023_autora_vera._dete_silva.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5214/pdl_13_2023_autora_vera._dete_silva.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo de Cidadã de Olinda a Sra. Maria José Barbosa Martins.</t>
   </si>
   <si>
     <t>5215</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5215/pdl_14_2023_autora_vera._dete_silva.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5215/pdl_14_2023_autora_vera._dete_silva.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão de Olinda ao Sr. Renildo de Vasconcelos Calheiros.</t>
   </si>
   <si>
     <t>5245</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5245/pdl_15_2023_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5245/pdl_15_2023_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha Aloísio Magalhães a Senhora Nise Pedrosa Lins de Sousa.</t>
   </si>
   <si>
     <t>5246</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>FOA - Finanças, Orçamento e Assuntos Tributários</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5246/pdl_16_2023_autor_comissoes.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5246/pdl_16_2023_autor_comissoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prestação de contas da Prefeitura Municipal de Olinda, durante o exercício financeiro de 2008;</t>
   </si>
   <si>
     <t>5247</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5247/pdl_17_2023_autor_ver._saulo_holanda.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5247/pdl_17_2023_autor_ver._saulo_holanda.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha Aloísio Magalhães ao Senhor Fabiano Pedro da Silva.</t>
   </si>
   <si>
     <t>5256</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5256/pdl_18_2023_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5256/pdl_18_2023_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha Aloísio Magalhães a Senhora Maria Clara Saboya Albuquerque Bernardino.</t>
   </si>
   <si>
     <t>5254</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5254/pdl_19_2023_autor_ver._tonny_magalhaes.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5254/pdl_19_2023_autor_ver._tonny_magalhaes.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha Aluísio Magalhães ao Senhor João Pereira Ferreira.</t>
   </si>
   <si>
     <t>5257</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5257/pdl_20_2023_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5257/pdl_20_2023_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo de Cidadão de Olinda ao Senhor Robson Roberto Couto de Araújo.</t>
   </si>
   <si>
     <t>5312</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5312/pdl_21_2023_autor_ver._tonny_magalhaes.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5312/pdl_21_2023_autor_ver._tonny_magalhaes.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo de Cidadão de Olinda ao Senhor João Pereira Ferreira.</t>
   </si>
   <si>
     <t>5313</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5313/pdl_22_2023_autor_ver._tonny_magalhaes.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5313/pdl_22_2023_autor_ver._tonny_magalhaes.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo de Cidadã de Olinda a Senhora Fabiana Ferreira Leandro.</t>
   </si>
   <si>
     <t>5315</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5315/pdl_23_2023_autor_ver._felipe_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5315/pdl_23_2023_autor_ver._felipe_nascimento.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo de Cidadão de Olinda ao Senhor Ilson Mateus Rodrigues.</t>
   </si>
   <si>
     <t>5317</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5317/pdl_24_2023_autor_ver._severino_barbosa_-_biai.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5317/pdl_24_2023_autor_ver._severino_barbosa_-_biai.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo de Cidadão de Olinda ao Senhor Limacêdo Antônio da Silva.</t>
   </si>
   <si>
     <t>5318</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5318/pdl_25_2023_autor_ver._severino_barbosa_-_biai.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5318/pdl_25_2023_autor_ver._severino_barbosa_-_biai.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo de Cidadão de Olinda ao Senhor Maurício Roberto Diniz Souza.</t>
   </si>
   <si>
     <t>5446</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>17 - Vinicius Castello</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã de Olinda a Senhora Juliana de Albuquerque de Magalhães.</t>
   </si>
   <si>
     <t>5447</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5447/pdl_27_2023_autor_ver._ricardo_sousa.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5447/pdl_27_2023_autor_ver._ricardo_sousa.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo de Cidadão de Olinda ao Senhor Fábio André Brayner dos Santos.</t>
   </si>
   <si>
     <t>5522</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>14 - RICARDO SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5522/pdl_28_2023_autor_ver._ricardo_sousa.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5522/pdl_28_2023_autor_ver._ricardo_sousa.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão de Olinda ao Senhor Altamir Pereira de Morais.</t>
   </si>
   <si>
     <t>5523</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5523/pdl_29_2023_autor_ver._tonny_magalhaes.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5523/pdl_29_2023_autor_ver._tonny_magalhaes.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha Aluísio Magalhães ao Senhor Almir José Buonora de Farias.</t>
   </si>
   <si>
     <t>5524</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>17 - VLADEMIR LABANCA</t>
   </si>
   <si>
     <t>Concede Título de Cidadão de Olinda ao Senhor Carlos Ivan da Silva Morais.</t>
   </si>
   <si>
     <t>5137</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA À LEI ORGÂNICA</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5137/plc_01_2023_autor_ver._saulo_holanda.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5137/plc_01_2023_autor_ver._saulo_holanda.pdf</t>
   </si>
   <si>
     <t>Altera o inciso VII, do art. 74 da lei Orgânica do Município de Olinda.</t>
   </si>
   <si>
     <t>5249</t>
   </si>
   <si>
     <t>Câmara Municipal de Olinda - CMO</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5249/pelo_02_2023_autor_bancada_parlamentar.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5249/pelo_02_2023_autor_bancada_parlamentar.pdf</t>
   </si>
   <si>
     <t>Altera o art. 101-A à Lei Orgânica do Município de Olinda.</t>
   </si>
   <si>
     <t>5136</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5136/plc_01_2023_autor_ver._saulo_holanda.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5136/plc_01_2023_autor_ver._saulo_holanda.pdf</t>
   </si>
   <si>
     <t>Acrescenta o art. 124-A à Lei Complementar Municipal nº 13, de 18 de junho de 2002, que regula as atividades de edificações e instalações no Município de Olinda.</t>
   </si>
   <si>
     <t>5243</t>
   </si>
   <si>
     <t>LUPÉRCIO CARLOS DO NASCIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5243/plc_02_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5243/plc_02_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Estabelece a extensão de prazo de validade do Alvará de Funcionamento Definitivo, altera a Lei Complementar n° 013/2002, e dá outras providências.</t>
   </si>
   <si>
     <t>5489</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5489/plc_03_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5489/plc_03_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Altera o inciso I, do art. 52, da Lei Complementar Municipal nº 03, de 30 de dezembro de 1997 ) Código Tributário Municipal de Olinda, e da outras providências.</t>
   </si>
   <si>
     <t>4952</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4952/pl_01_2023_autor_vereador_biai.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4952/pl_01_2023_autor_vereador_biai.pdf</t>
   </si>
   <si>
     <t>Denomina de Vila Olímpica Rei Pelé a Vila Olímpica de Rio Doce, localizada na 3ª etapa do bairro de Rio Doce em Olinda.</t>
   </si>
   <si>
     <t>4953</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4953/pl_02_2023_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4953/pl_02_2023_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a preferência de vagas de irmãos no mesmo estabelecimento de ensino público no Município de Olinda;</t>
   </si>
   <si>
     <t>4954</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4954/pl_03_2023_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4954/pl_03_2023_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o programa de ações preventivas a depressão e ao suicídio entre crianças e adolescentes na Rede Municipal de Ensino do Município de Olinda.</t>
   </si>
   <si>
     <t>4955</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4955/pl_04_2023_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4955/pl_04_2023_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implementação do "Programa Educacional para  a Prática de Educação Física Adaptada para Estudantes com Deficiência", no Município de Olinda.</t>
   </si>
   <si>
     <t>4956</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4956/pl_05_2023_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4956/pl_05_2023_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Reconhece o “Cordão do Girassol” como instrumento auxiliar de orientação para identificação de pessoas com deficiências ocultas para fins de atendimento prioritários, e dá outras providências.</t>
   </si>
   <si>
     <t>4957</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4957/pl_06_2023_autor_ver._severino_barbosa_biai.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4957/pl_06_2023_autor_ver._severino_barbosa_biai.pdf</t>
   </si>
   <si>
     <t>Institui no calendário esportivo de Cidade de Olinda as modalidades: Ciclismo, Pedestrianismo (Corrida de Rua Rústica), Campeonato de Futebol de Bairros, Torneios de Voleibol, Basquetebol e das outras providências;</t>
   </si>
   <si>
     <t>4958</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4958/pl_07_2022_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4958/pl_07_2022_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Reconhece os portadores de Fibromialgia como Pessoas com Deficiência no âmbito do Município de Olinda;</t>
   </si>
   <si>
     <t>4990</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4990/pl_08_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4990/pl_08_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o auxilio a moradia no âmbito do Município de Olinda, e dá outras providências.</t>
   </si>
   <si>
     <t>4991</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4991/pl_09_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4991/pl_09_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Concede crédito popular aos ambulantes com atuação no carnaval de Olinda, na forma como dispõe.</t>
   </si>
   <si>
     <t>4992</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>Fixa o subsídio dos membros do Poder Legislativo Municipal, do Prefeito, do Vice-Prefeito e dos Secretários. Municipais 2025 a 2028, no âmbito do Município de Olinda.</t>
   </si>
   <si>
     <t>4994</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4994/pl_11_2023_autor_felipe_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4994/pl_11_2023_autor_felipe_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui o " Dia Municipal do Brega" no Município de Olinda e dá outras providências.</t>
   </si>
   <si>
     <t>5037</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5037/pl_12_2023_autor_ver._vinicius_castello.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5037/pl_12_2023_autor_ver._vinicius_castello.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação da relação dos inscritos nos programas habitacionais do Município de Olinda;</t>
   </si>
   <si>
     <t>5038</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5038/pl_13_2023_autor_ver._vinicius_castello.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5038/pl_13_2023_autor_ver._vinicius_castello.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação do Plano Municipal de Informações e Contingências sobre as Chuvas;</t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5039/pl_14_2023_autor_ver._vinicius_castello.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5039/pl_14_2023_autor_ver._vinicius_castello.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal a adotar medidas que priorizem o atendimento e a inclusão da mulher como beneficiária nos programas de habitação no Município de Olinda.</t>
   </si>
   <si>
     <t>5040</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5040/pl_15_2023_autor._ver._saulo_holanda.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5040/pl_15_2023_autor._ver._saulo_holanda.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 6.044, de 18 de maio de 2018.</t>
   </si>
   <si>
     <t>5071</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5071/pl_16_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5071/pl_16_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a alínea "m", do art. 22 da Lei Municipal n° 5.615/2008 e dá outras providências</t>
   </si>
   <si>
     <t>5072</t>
   </si>
   <si>
     <t>Define o vencimento básico dos Agentes Comunitários de Saúde (ACS) e dos Agentes de Combate às Endemias (ACE), no âmbito do Município de Olinda.</t>
   </si>
   <si>
     <t>5100</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5100/pl_18_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5100/pl_18_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para o Município de Olinda participar do Consórcio dos Municípios Pernambucanos - COMUPE, bem como sobre a autorização para abertura de crédito adicional especial ao Orçamento Anual, e dá outras providências.</t>
   </si>
   <si>
     <t>5115</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5115/pl_19_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5115/pl_19_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Define o vencimento básico dos Agentes Comunitários de Saúde (ACS’s) e dos Agentes de Combate às Endemias (ACE’s), no âmbito do Município de Olinda.</t>
   </si>
   <si>
     <t>5117</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5117/pl_20_2023_autor_ver._bruno_dmelo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5117/pl_20_2023_autor_ver._bruno_dmelo.pdf</t>
   </si>
   <si>
     <t>Reconhece o wheeling e demais manobras de motocicletas como prática esportiva no Município de Olinda e dá outras providências.</t>
   </si>
   <si>
     <t>5119</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5119/pl_21_2023_autor_ver._felipe_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5119/pl_21_2023_autor_ver._felipe_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui o "Programa de Combate ao Capacitismo" no Município de Olinda-PE e dá outras providências.</t>
   </si>
   <si>
     <t>5121</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5121/pl_22_2023_autor_ver._tonny_magalhaes.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5121/pl_22_2023_autor_ver._tonny_magalhaes.pdf</t>
   </si>
   <si>
     <t>Institui o "Programa IPTU Verde", e autoriza a concessão de desconto no Imposto Predial e Territorial Urbano (IPTU), como incentivo ao uso de tecnologias ambientais sustentáveis no Município de Olinda e da outras providências.</t>
   </si>
   <si>
     <t>5122</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5122/pl_23_2023_autor_ver._tonny_magalhaes.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5122/pl_23_2023_autor_ver._tonny_magalhaes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de instalar detectores de metais nas escolas publicas municipais, no âmbito do Município de Olinda;</t>
   </si>
   <si>
     <t>5123</t>
   </si>
   <si>
     <t>02 - Irmão Biá</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5123/pl_24_2023_autor_ver._irmao_bia.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5123/pl_24_2023_autor_ver._irmao_bia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de vigilância armada as escolas da Rede Municipal de Olinda e dá outras providências.</t>
   </si>
   <si>
     <t>5124</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Arborização Urbana no Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5125</t>
   </si>
   <si>
     <t>Obriga-se à Segurança nas Escolas, Cursos, Universidades, Academia Desportivas e de Musculação e outros estabelecimentos congêneres de ampla circulação de público para meios que preserve a saúde e a incolumidade física de todos que esteja, fazendo uso do estabelecimento;</t>
   </si>
   <si>
     <t>5126</t>
   </si>
   <si>
     <t>Obriga-se Treinamento de Segurança para ataques, para incêndios, com técnicas de evacuação em segurança, a todos os funcionários nas Escolas, Cursos, Universidades, Academia Desportivas e de Musculação e outros estabelecimentos congêneres de ampla circulação de público para meios que preserve a saúde e a incolumidade física de todos que esteja, fazendo uso do estabelecimento;</t>
   </si>
   <si>
     <t>5127</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5127/pl_28_2023_autor_ver._vlademir_labanca.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5127/pl_28_2023_autor_ver._vlademir_labanca.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Comissão de Mediação de Conflitos (CMC), nas escolas públicas municipais, da rede conveniada e rede privada no Município de Olinda.</t>
   </si>
   <si>
     <t>5128</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5128/pl_29_2023_autor_ver._vlademir_labanca.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5128/pl_29_2023_autor_ver._vlademir_labanca.pdf</t>
   </si>
   <si>
     <t>Cria a lei de Prevenção e Enfrentamento a Atentados Violentos praticados nas dependências das escolas públicas municipais, da rede conveniada e rede privada no Município de Olinda.</t>
   </si>
   <si>
     <t>5130</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5130/pl_30_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5130/pl_30_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos vencimentos básicos dos professores integrantes do  Quadro Permanente do Magistério do Município de Olinda.</t>
   </si>
   <si>
     <t>5131</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5131/pl_31_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5131/pl_31_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos Servidores Públicos Municipais do Poder Executivo do Município de Olinda, que especifica.</t>
   </si>
   <si>
     <t>5132</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5132/pl_32_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5132/pl_32_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 5.323/2002, que disciplina a contratação por necessidade temporária de excepcional interesse público e dá outras providências.</t>
   </si>
   <si>
     <t>5133</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5133/pl_33_2023_autor_ver._saulo_holanda.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5133/pl_33_2023_autor_ver._saulo_holanda.pdf</t>
   </si>
   <si>
     <t>Institui a “Semana Municipal de Prevenção, Conscientização e Combate ao uso de Drogas”, a ser realizado atualmente na semana que correspondente ao dia 26 de junho de cada ano, passando a fazer parte do Calendário Oficial de Eventos do Município de Olinda.</t>
   </si>
   <si>
     <t>5134</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5134/pl_34_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5134/pl_34_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do “Núcleo de Atendimento às Vitimas de Violência de Olinda – NAVVO”.</t>
   </si>
   <si>
     <t>5135</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5135/pl_35_2023_autor_mesa_diretora.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5135/pl_35_2023_autor_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste de subsidio do Prefeito, do Vice-Prefeito e dos Secretários Municipais no âmbito do Município de Olinda.</t>
   </si>
   <si>
     <t>5144</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Obriga-se o Poder Executivo Criar o Centro Municipal de Atenção ao Paciente com Diabetes no Município de Olinda/PE, da forma que entender de Direito.</t>
   </si>
   <si>
     <t>5145</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5145/pl_37_2023_autor_ver._ricardo_sousa.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5145/pl_37_2023_autor_ver._ricardo_sousa.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal Preventivo de Saúde Mental para Professores da Rede Municipal de Educação do no Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5146</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5146/pl_38_2023_autor_ver._ricardo_sousa.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5146/pl_38_2023_autor_ver._ricardo_sousa.pdf</t>
   </si>
   <si>
     <t>Cria a obrigatoriedade da presença de agentes de trânsito ou orientadores de trânsito em frente às escolas no Município de Olinda-PE..</t>
   </si>
   <si>
     <t>5147</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5147/pl_39_2023_autor_ver._vlademir_labanca.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5147/pl_39_2023_autor_ver._vlademir_labanca.pdf</t>
   </si>
   <si>
     <t>Institui o “Plano Municipal de Informações e Monitoramento de chuvas intensas e anormais”, na cidade de Olinda.</t>
   </si>
   <si>
     <t>5148</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5148/pl_40_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5148/pl_40_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Instituição do “Programa Tem Saída”, no Município de Olinda.</t>
   </si>
   <si>
     <t>5149</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5149/pl_41_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5149/pl_41_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal demolir prédios e edificações que estejam com risco de desabamento no âmbito do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5150</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5150/pl_42_2023_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5150/pl_42_2023_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Institui a "Semana Municipal de Cultura Evangélica" no Município de Olinda.</t>
   </si>
   <si>
     <t>5151</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5151/pl_43_2023_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5151/pl_43_2023_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Olinda, o "Dia Municipal da Pessoa Evangélica", a ser comemorado no último domingo, do mês de outubro de cada ano, e dá outras providências.</t>
   </si>
   <si>
     <t>5152</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5152/pl_44_2023_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5152/pl_44_2023_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Declara a Música Gospel como "Patrimônio Imaterial" do Município de Olinda.</t>
   </si>
   <si>
     <t>5153</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Institui o " Dia Municipal de Prevenção, Orientação e Combate ao AVC (Acidente Vascular Cerebral)", inclui no Calendário Oficial de Eventos do Município de Olinda e Política Municipal de Prevenção ao Acidente Vascular Cerebral, e dá outras providências.</t>
   </si>
   <si>
     <t>5157</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Garante as mulheres o direito a um acompanhante durante as consultas, exames e procedimentos operatórios nas unidades de saúde públicas e privadas do Município de Olinda.</t>
   </si>
   <si>
     <t>5159</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5159/pl_47_2023_autor_ver._felipe_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5159/pl_47_2023_autor_ver._felipe_nascimento.pdf</t>
   </si>
   <si>
     <t>Propõe que bares, restaurantes, casas noturnas e de eventos em Olinda, adotem medidas de auxílio à mulher que se sinta em situação de risco</t>
   </si>
   <si>
     <t>5160</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5160/pl_48_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5160/pl_48_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui a ação de promoção da cultura oceânica nas instituições públicas de ensino no âmbito do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5161</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5161/pl_49_2023_autor_ver._ricardo_sousa.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5161/pl_49_2023_autor_ver._ricardo_sousa.pdf</t>
   </si>
   <si>
     <t>Fixa o piso salarial dos Enfermeiros, Técnicos de enfermagem e auxiliares de enfermagem, no âmbito do Município de Olinda/PE, de consonância com a Emenda Constitucional nº 124 de 2022 e a Lei Federal 14.434/2022.</t>
   </si>
   <si>
     <t>5162</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5162/pl_50_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5162/pl_50_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao orçamento anual de 2023 em favor da Secretaria de Desenvolvimento Social e Direitos Humanos, e dá outras providências.</t>
   </si>
   <si>
     <t>5165</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5165/pl_51_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5165/pl_51_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adesão a Carta das Cidades Educadoras e a filiação à Associação Internacional das Cidades Educadoras (AICE), e dá outras providências.</t>
   </si>
   <si>
     <t>5166</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5166/pl_52_2023_autor_ver._tonny_magalhaes.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5166/pl_52_2023_autor_ver._tonny_magalhaes.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Municipal de Olinda, o dia 07 de dezembro como o dia Municipal do "Programa Educacional de Resistência as Drogas e a Violência - PROERD".</t>
   </si>
   <si>
     <t>5171</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5171/pl_53_2023_autores_ver._saulo_holanda_e_biai.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5171/pl_53_2023_autores_ver._saulo_holanda_e_biai.pdf</t>
   </si>
   <si>
     <t>Institui o "Dia Municipal de Caminhada da Família", no Município de Olinda.</t>
   </si>
   <si>
     <t>5172</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5172/pl_54_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5172/pl_54_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Olinda a prorrogar por mais de 60 (sessenta) dias, o prazo de cessão do Mercado Eufrásio Barbosa, ao Estado de Pernambuco, originalmente autorizada, pela Lei nº 6.046, de 28 de maio de 2018.</t>
   </si>
   <si>
     <t>5173</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5173/pl_55_2023_autor_ver._severino_barbosa_-_biai.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5173/pl_55_2023_autor_ver._severino_barbosa_-_biai.pdf</t>
   </si>
   <si>
     <t>Denomina de “Rua Dr. Mauro Fonseca Filho” a atual Rua Riviera, localizado no bairro de Jardim Atlântico, em Olinda.</t>
   </si>
   <si>
     <t>5174</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5174/pl_56_2023_autor_ver._vinicius_castello.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5174/pl_56_2023_autor_ver._vinicius_castello.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Assistência Técnica Social Pública e gratuita em habitação de interesse social voltada à população de baixa renda.</t>
   </si>
   <si>
     <t>5175</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5175/pl_57_2023_autor_ver._vinicius_castello.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5175/pl_57_2023_autor_ver._vinicius_castello.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre entregas de encomendas por trabalhadores de aplicativo em condomínios.</t>
   </si>
   <si>
     <t>5176</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>02 - DENISE ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5176/pl_58_2023_autora_vera._denise_almeida.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5176/pl_58_2023_autora_vera._denise_almeida.pdf</t>
   </si>
   <si>
     <t>Institui o "Projeto Órfãos do Feminicídio", através do "Auxílio Ampara", benefício a ser pago a crianças e adolescentes em situação de orfandade decorrente de feminicídio, e dá outras providências.</t>
   </si>
   <si>
     <t>5177</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5177/pl_59_2023_autora_vera._denise_almeida.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5177/pl_59_2023_autora_vera._denise_almeida.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município de Olinda, o Dia Municipal do Advogado.</t>
   </si>
   <si>
     <t>5178</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5178/pl_60_2023_autora_vera._denise_almeida.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5178/pl_60_2023_autora_vera._denise_almeida.pdf</t>
   </si>
   <si>
     <t>Dispõe, no âmbito do Câmara Municipal de Vereadores de Olinda, sobre a implantação de Licença Capacitação para Professores.</t>
   </si>
   <si>
     <t>5186</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5186/pl_61_2023_autor_ver._vinicius_castello.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5186/pl_61_2023_autor_ver._vinicius_castello.pdf</t>
   </si>
   <si>
     <t>Cria o “Dia Municipal do Meio Ambiente de Olinda”.</t>
   </si>
   <si>
     <t>5187</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5187/pl_62_2023_autor_ver._vinicius_castello.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5187/pl_62_2023_autor_ver._vinicius_castello.pdf</t>
   </si>
   <si>
     <t>Institui a “Semana Municipal de Conscientização Ambiental e Sustentabilidade de Olinda.</t>
   </si>
   <si>
     <t>5188</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5188/pl_63_2023_autor_ver._vinicius_castello.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5188/pl_63_2023_autor_ver._vinicius_castello.pdf</t>
   </si>
   <si>
     <t>Institui a “Política Municipal de Educação Ambiental” e dá outras providências.</t>
   </si>
   <si>
     <t>5189</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5189/pl_64_2023_autor_ver._vinicius_castello.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5189/pl_64_2023_autor_ver._vinicius_castello.pdf</t>
   </si>
   <si>
     <t>Institui o “Comitê de Sustentabilidade e Mudanças Climáticas de Olinda -  COMCLIMA.</t>
   </si>
   <si>
     <t>5190</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5190/pl_65_2023_autor_ver._saulo_holanda.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5190/pl_65_2023_autor_ver._saulo_holanda.pdf</t>
   </si>
   <si>
     <t>Concede incentivo fiscal às empresas que contratarem pessoas reabilitadas das drogas no âmbito do Município de Olinda.</t>
   </si>
   <si>
     <t>5191</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5191/pl_66_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5191/pl_66_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura da Administração Direta do Município de Olinda, altera a Lei Municipal nº 6.048/2018, cria a Secretaria Municipal de Planejamento e Gestão Estratégica e a Secretária Executiva de Habitação, e dá outras providências.</t>
   </si>
   <si>
     <t>5197</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5197/pl_67_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5197/pl_67_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui a "Semana Municipal de Incentivo ao Empreendedorismo na Terceira Idade” no Calendário Oficial de Eventos do Município de Olinda.</t>
   </si>
   <si>
     <t>5198</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5198/pl_68_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5198/pl_68_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui a "Semana Municipal de Sensibilização e Conscientização sobre a Saúde Mental" no Calendário Oficial de Eventos do Município de Olinda.</t>
   </si>
   <si>
     <t>5200</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5200/pl_69_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5200/pl_69_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o direito ao encaminhamento prioritário para confirmação diagnóstica de pessoas com suspeita de doença rara no âmbito do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5199</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5199/pl_70_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5199/pl_70_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento psicológico ao responsável, ao atendente pessoal e ao familiar de pessoa com deficiência no Município de Olinda.</t>
   </si>
   <si>
     <t>5201</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5201/pl_71_2023_autor_vera_dete_silva.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5201/pl_71_2023_autor_vera_dete_silva.pdf</t>
   </si>
   <si>
     <t>Cria o Dia Municipal da Luta pela Moradia na Cidade de Olinda.</t>
   </si>
   <si>
     <t>5202</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5202/pl_72_2023_autor_ver._severino_barbosa_-_biai.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5202/pl_72_2023_autor_ver._severino_barbosa_-_biai.pdf</t>
   </si>
   <si>
     <t>Acrescenta os incisos V e VI ao artigo 6º da Lei nº 5578, de 30 de novembro de 2007, para elencar, dentre os direitos do administrado, que o advogado tenha direito de ter reconhecida, pela fé do seu grau, a declaração de autenticidade dos documentos que fizer juntar aos autos de processo administrativo.</t>
   </si>
   <si>
     <t>5203</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5203/pl_73_2023_autor_mesa_diretora_cmo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5203/pl_73_2023_autor_mesa_diretora_cmo.pdf</t>
   </si>
   <si>
     <t>Altera os Anexos I e II da Lei nº 6.276 de 30 de dezembro de 2022.</t>
   </si>
   <si>
     <t>5204</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5204/pl_74_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5204/pl_74_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Estabelece as diretrizes orçamentárias para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>5210</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5210/pl_75_2023_autor_vera_dete_silva.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5210/pl_75_2023_autor_vera_dete_silva.pdf</t>
   </si>
   <si>
     <t>Cria o Dia Municipal do Capoeirista na Cidade de Olinda.</t>
   </si>
   <si>
     <t>5209</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5209/pl_76_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5209/pl_76_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 2º da Lei Municipal n° 6.132, de 24 de março de 2020, e inclui dispositivos sobre a divisão por Região das unidades do Conselho Tutelar de Olinda.</t>
   </si>
   <si>
     <t>5219</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5219/pl_77_2023_autora_vera._denise_almeida.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5219/pl_77_2023_autora_vera._denise_almeida.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a notificação dos casos de violência contra a pessoa idosa e dá outras providências.</t>
   </si>
   <si>
     <t>5218</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5218/pl_78_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5218/pl_78_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste na Gratificação de Exercício de Fiscalização - GEAF, paga aos servidores ocupantes de cargos públicos efetivos de Fiscal de Controle Urbano e Meio Ambiente, do Grupo Ocupacional Técnico de Nível Superior, de Fiscal de Obras, do Grupo Ocupacional Técnico Administrativo, e do Agente de Trânsito e Transporte, do Grupo Ocupacional Técnico Administrativo, de que se trata a Lei Municipal nº 5.722 de 13 de junho de 2011 e suas alterações, e dá outras providências.</t>
   </si>
   <si>
     <t>5223</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5223/pl_79_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5223/pl_79_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste na Gratificação de Controle de Atos de Pessoal – GCAP – paga aos servidores ocupantes dos cargos públicos efetivos e em exercício de que trata o art. 5º da Lei nº 5.377, de 17 de dezembro de 2003.</t>
   </si>
   <si>
     <t>5224</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5224/pl_80_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5224/pl_80_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Pública Municipal de Transparência de divulgação da lista de espera das pacientes que aguarda consultas médicas de especialidades, procedimentos de diagnósticos e cirurgia na Rede Pública Municipal de Saúde do Município de Olinda.</t>
   </si>
   <si>
     <t>5225</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5225/pl_81_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5225/pl_81_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Adotar Programa de Prevenção às Drogas, denominado "Esporte Sim, Drogas Não".</t>
   </si>
   <si>
     <t>5226</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5226/pl_82_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5226/pl_82_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação no âmbito do Município de Olinda, do Programa "Vida Verde", com o objetivo de promover a reposição de árvores cortadas, doentes ou com risco de queda, garantindo a preservação e o reflorestamento adequado do ambiente urbano.</t>
   </si>
   <si>
     <t>5227</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5227/pl_83_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5227/pl_83_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui na cidade de Olinda, a SEMANA MUNICIPAL DA CONSCIENTIZAÇÃO ELEITORAL.</t>
   </si>
   <si>
     <t>5228</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5228/pl_84_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5228/pl_84_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a criação da campanha "Saúde Prioridade em Olinda/PE".</t>
   </si>
   <si>
     <t>5229</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5229/pl_85_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5229/pl_85_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do "Circuito Permanente e Popular de Gastronomia Periférica no Município de Olinda/PE".</t>
   </si>
   <si>
     <t>5230</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5230/pl_86_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5230/pl_86_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a Criação da Campanha Permanente de doação de Brinquedos, Roupas e Calçados infantis em Olinda/PE.</t>
   </si>
   <si>
     <t>5231</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5231/pl_87_2023_autor_ver._flavio_nascimento_a.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5231/pl_87_2023_autor_ver._flavio_nascimento_a.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Selo Empresa Amiga da Amamentação no Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5232</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5232/pl_88_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5232/pl_88_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Estabelece Diretrizes para a criação do "Programa de Hortas Educativas" no ambiente escolar no Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5233</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5233/pl_89_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5233/pl_89_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recebimento dos alunos nos estabelecimentos de ensino público, como creches e escolas municipais, durante o período de aula, após participarem de consultas médicas ou outra atividade de caráter urgente, no Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5234</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5234/pl_90_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5234/pl_90_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário de dia alusivo "A luta do Dia Municipal de Luta da população em situação de rua no âmbito do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5235</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5235/pl_91_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5235/pl_91_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Semana Municipal da Consciência Fonológica na alfabetização, no âmbito do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5236</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5236/pl_92_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5236/pl_92_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Campanha Permanente e Continuada de Combate a Golpes Financeiros, no âmbito do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5237</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5237/pl_93_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5237/pl_93_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação do sistema de Pagamento Instantâneo do Banco Central (PIX) como meio de pagamento da tarifa de serviços de transporte coletivo, no âmbito do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5238</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5238/pl_94_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5238/pl_94_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui o Cadastro Municipal de Pessoas Desaparecidas (CMPD) no âmbito do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5239</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5239/pl_95_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5239/pl_95_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui o Estatuto da Desburocratização no âmbito do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5240</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5240/pl_96_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5240/pl_96_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Determina prazo para a execução do nivelamento de tampões, caixas de inspeção e tampas metálicas de telefonia, de energia elétrica e de esgoto cloacal, nos locais em que forem executadas obras de pavimentação, recapeamento, reconstrução, tapa-buracos ou qualquer serviço de manutenção em calçadas e vias públicas no Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5241</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5241/pl_97_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5241/pl_97_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de estocagem, comercialização, reciclagem, processamento e o beneficiamento de objetos contendo cobre no âmbito do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5242</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5242/pl_98_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5242/pl_98_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Cria o "Programa de Incentivo a Doação de Cabelos", para pessoas em tratamento de Câncer no Município de Olinda - PE.</t>
   </si>
   <si>
     <t>5244</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5244/pl_99_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5244/pl_99_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>5248</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5248/pl_100_2023_autor_ver._everaldo_silva.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5248/pl_100_2023_autor_ver._everaldo_silva.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prevenção e o combate ao assédio sexual nos órgãos da Administração Direta, Indireta e Autárquica no Município de Olinda-PE e dá outras providencias.</t>
   </si>
   <si>
     <t>5251</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5251/pl_101_2023_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5251/pl_101_2023_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Proíbe o comércio de cobre queimado sem a demonstração legal da origem do recurso no Município de Olinda,</t>
   </si>
   <si>
     <t>5253</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5253/pl_102_2023_autor_ver._tonny_magalhaes.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5253/pl_102_2023_autor_ver._tonny_magalhaes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Bolsa Atleta Amador no Município de Olinda, e das outras providências.</t>
   </si>
   <si>
     <t>5252</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5252/pl_103_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5252/pl_103_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar recebidos da União para cumprimento da Assistência Financeira Complementar e Emenda Constitucional 127/2022, nos exatos termos da decisão proferida da ADI 7.222/DF pelo Eg. STF.</t>
   </si>
   <si>
     <t>5258</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Institui a destinação de livros descartados em boas condições pelas atividades de coleta seletiva e reciclagem para bibliotecas públicas e comunitárias no Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5259</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5259/pl_105_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5259/pl_105_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Incentivo a Leitura no âmbito do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5260</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5260/pl_106_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5260/pl_106_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da apresentação de Atestado de Boa Saúde, fornecida por médicos, antes da matrícula em academias, clubes e escolas de Artes Marciais, para a prática de quaisquer atividades físicas, no âmbito do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5261</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5261/pl_107_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5261/pl_107_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Lei “Obra Transparente” que institui a “Política de Transparência nas Obras Públicas Municipais” no âmbito do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5262</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5262/pl_108_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5262/pl_108_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui a “Política Municipal de Conscientização e Orientação sobre o Lúpus” e o “Dia Municipal de Conscientização sobre o Lúpus” no âmbito do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5263</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5263/pl_109_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5263/pl_109_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Determina o estabelecimento de Área Escolar de Segurança e Cidadania – AESC no entorno das Escolas Públicas Municipais como espaços prioritários de Serviços Públicos Municipais no âmbito do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5264</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5264/pl_110_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5264/pl_110_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas de segurança em condomínios verticais, residenciais e comerciais no âmbito do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5265</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5265/pl_111_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5265/pl_111_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui a “Rede de Proteção, Respeito e Cuidado as mães de natimorto e com óbito fetal” no âmbito do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5266</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5266/pl_112_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5266/pl_112_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Obrigatoriedade de Publicação no site oficial da Prefeitura, as informações sobre a aplicação de recursos derivados de multas de trânsito no âmbito do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5267</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5267/pl_113_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5267/pl_113_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui no cardápio das Escolas Municipais, contínua e gratuitamente, a adição de leite sem lactose para os alunos que, comprovadamente, atestarem intolerância à mesma, no Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5268</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5268/pl_114_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5268/pl_114_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto “Escola que Cuida” na Rede Municipal, no âmbito do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5269</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5269/pl_115_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5269/pl_115_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Fica facultativo aos Shopping Centers, hipermercados, ginásios poliesportivos e estabelecimentos similares, privados e públicos, em funcionamento no âmbito do Município de Olinda-PE, criar o espaço “Sala de Afeto” (Calm Zone), destinados a acolher crianças, adolescentes e adultos autistas, bem como seus acompanhantes, em momentos de crise de ansiedade e agitação.</t>
   </si>
   <si>
     <t>5270</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5270/pl_116_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5270/pl_116_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>O Projeto de Lei Casa do Bebê, estabelece a implementação de um espaço com UTI para atendimento exclusivo de gestantes e recém-nascidos de até 18 meses de idade, na cidade de Olinda-PE.</t>
   </si>
   <si>
     <t>5271</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5271/pl_117_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5271/pl_117_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilização de “Espaço Pet” nas praças públicas do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5272</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5272/pl_118_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5272/pl_118_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de espaço reservado em shows, apresentação artísticas e culturais, teatro, eventos esportivos e similares para pessoas com deficiência no Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5273</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5273/pl_119_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5273/pl_119_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Limita a distância de emissão de sons e ruídos que prejudiquem o bem estar das pessoas com transtornos dos Espectro Autista e Síndrome de Down em espaços públicos do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5274</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5274/pl_120_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5274/pl_120_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui o “Programa Creche Noturna” – atendimento a primeira infância – no âmbito do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5275</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5275/pl_121_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5275/pl_121_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Estima a RECEITA e fixa a Despesa do Município para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>5276</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5276/pl_122_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5276/pl_122_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Atualiza o Plano Plurianual do Município para a execução da parcela anual de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>5277</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5277/pl_123_2023_autor_ver._felipe_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5277/pl_123_2023_autor_ver._felipe_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui a "Semana Municipal do Empreendedor" no Município de Olinda e dá outras providências.</t>
   </si>
   <si>
     <t>5278</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5278/pl_124_2023_autor_ver._saulo_holanda.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5278/pl_124_2023_autor_ver._saulo_holanda.pdf</t>
   </si>
   <si>
     <t>Obriga os estabelecimentos comerciais e prestadoras de serviços a a divulgarem mensagem de prevenção sobre a violência contra a mulher.</t>
   </si>
   <si>
     <t>5279</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5279/pl_125_2023_autor_ver._saulo_holanda.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5279/pl_125_2023_autor_ver._saulo_holanda.pdf</t>
   </si>
   <si>
     <t>Obriga os estabelecimentos comerciais e prestadoras de serviços a a divulgarem mensagem de prevenção sobre a violência contra a população LGBTQIA+ e contra o racismo.</t>
   </si>
   <si>
     <t>5280</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5280/pl_126_2023_autor_mesa_diretora_cmo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5280/pl_126_2023_autor_mesa_diretora_cmo.pdf</t>
   </si>
   <si>
     <t>Altera o anexo único da Lei nº 6070 de 08 de março de 2019.</t>
   </si>
   <si>
     <t>5281</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5281/pl_127_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5281/pl_127_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Incentivo à Regularização Fiscal com a Fazenda Pública do Município de Olinda, denominado "REFIS OLINDA 2023", e dá outras providências.</t>
   </si>
   <si>
     <t>5282</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5282/pl_128_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5282/pl_128_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui a “Semana de Conscientização da Luta das Pessoas com Deficiência” no Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5283</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5283/pl_129_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5283/pl_129_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia Municipal da Saúde” no âmbito do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5284</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5284/pl_130_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5284/pl_130_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui a “Campanha do Agasalho, Vamos Aquecer um Coração Olindense”, no âmbito do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5285</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5285/pl_131_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5285/pl_131_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui o “Projeto Uma Criança, uma Árvore”, no âmbito do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5286</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5286/pl_132_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5286/pl_132_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia Municipal da Segurança Escolar” no âmbito do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5287</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5287/pl_133_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5287/pl_133_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Proibição do uso de aparelho celular e similar em sala de aula no âmbito da Rede de Ensino de Olinda</t>
   </si>
   <si>
     <t>5288</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5288/pl_134_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5288/pl_134_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha Municipal de Conscientização “Criança não namora nem de brincadeira!”, no âmbito do Município de Olinda-PE</t>
   </si>
   <si>
     <t>5289</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5289/pl_135_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5289/pl_135_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nova redação da Lei Municipal nº 6.097, de 26 de agosto de 2019, que versa sobre o Conselho Municipal de Direitos da Pessoa Idosa de Olinda – COMDIO, quanto a realização de eleição dos representantes das Organizações da Sociedade Civil atuantes na promoção e defesa de direitos da pessoa idosa e a posse dos conselheiros, nos termos da Lei Estadual nº 15.446, de 29 de dezembro de 2014.</t>
   </si>
   <si>
     <t>5294</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5294/pl_136_2023_autor_ver._severino_barbosa_-_biai.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5294/pl_136_2023_autor_ver._severino_barbosa_-_biai.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Severina Inês dos Santos Oliveira, a atual Rua Flores, Localizada na II Etapa do Bairro do Rio Doce, em Olinda.</t>
   </si>
   <si>
     <t>5295</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5295/pl_137_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5295/pl_137_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Estabelece no âmbito do Poder Executivo Municipal, regras gerais a respeito da arrecadação de imóveis abandonados de acordo com o Plano Diretor do Município de Olinda (LC nº 54/2020), Lei nº 13.465/2017 e Código Civil (Lei nº 10.406/2002).</t>
   </si>
   <si>
     <t>5330</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5330/pl_138_2023_autor_ver._ricardo_sousa.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5330/pl_138_2023_autor_ver._ricardo_sousa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cemitério para animais domésticos de pequeno porte no Município de Olinda, no Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5332</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5332/pl_139_2023_autor_ver._ricardo_sousa.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5332/pl_139_2023_autor_ver._ricardo_sousa.pdf</t>
   </si>
   <si>
     <t>Denomina “Campo do Nó”, Logradouro Público no bairro de Rio Doce, Olinda-PE.</t>
   </si>
   <si>
     <t>5333</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5333/pl_140_2023_autor_ver._ricardo_sousa.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5333/pl_140_2023_autor_ver._ricardo_sousa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nomear como Deputado Ricardo Costa o complexo esportivo construído no bairro do Varadouro, no Município de Olinda-PE.</t>
   </si>
   <si>
     <t>5336</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5336/pl_141_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5336/pl_141_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a prorrogar, até 31 de março de 2024, o prazo de cessão do Mercado Eufrásio Barbosa ao Estado de Pernambuco, originalmente autorizado pela Lei Municipal 6.046, de 28 de maio de 2018.</t>
   </si>
   <si>
     <t>5430</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5430/pl_142_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5430/pl_142_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Transtorno Bipolar no âmbito do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5431</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5431/pl_143_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5431/pl_143_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Olinda/PE. O Programa Cuidando de Quem Cuida, destinado a oferecer apoio psicológico aos profissionais de saúde e educação.</t>
   </si>
   <si>
     <t>5432</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5432/pl_144_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5432/pl_144_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade dos Centros de Formação de Condutores de Veículos Automotores - CFCs possuírem carros adaptados para formação de condutores com deficiência no âmbito</t>
   </si>
   <si>
     <t>5433</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5433/pl_145_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5433/pl_145_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>5434</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5434/pl_146_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5434/pl_146_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui a exigência de treinamento em Primeiros Socorros para os motoristas e monitores do transporte escolar que conduzem alunos e crianças das escolas da rede pública e particular do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5435</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5435/pl_147_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5435/pl_147_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>5436</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5436/pl_148_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5436/pl_148_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Prevê a suspensão do credenciamento de instituições privadas que negarem matrícula aos alunos com deficiência ou transtornos de neurodesenvolvimento no âmbito do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5437</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5437/pl_149_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5437/pl_149_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Cria o Centro de Convivência Municipal do Idoso no âmbito do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5438</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5438/pl_150_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5438/pl_150_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Cria a Patrulha do Idoso no âmbito do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5439</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5439/pl_151_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5439/pl_151_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Capacitação sobre o Transtorno do Espectro Autista (TEA) para professores das escolas da rede Pública e Privada do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5440</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5440/pl_152_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5440/pl_152_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução da jornada de trabalho dos servidores públicos municipais que sejam pais ou responsáveis por crianças com Transtorno do Espectro Autista (TEA) no âmbito do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5441</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5441/pl_153_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5441/pl_153_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Campanha de Conscientização "Vida no Trânsito: PEDESTRE IDOSO SEGURO", no âmbito do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5442</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>Institui o "Dia Municipal do Samba", no âmbito do Município de Olinda.</t>
   </si>
   <si>
     <t>5443</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5443/pl_155_2023_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5443/pl_155_2023_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Tratamento Gratuito aos animais diagnosticados com Esporocotricose, comaquisição e distribuição das drogas necessárias ao combatre da doença, no âmbito do Município de Olinda.</t>
   </si>
   <si>
     <t>5444</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5444/pl_156_2023_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5444/pl_156_2023_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Fica instituída no Município de Olinda a Campanha de Conscientização sobre a Esporotricose Felina, com o objetivo de promover ações educativas para informar a população sobre a prevenção, identificação de sintomas e tratamento da doença.</t>
   </si>
   <si>
     <t>5445</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5445/pl_157_2023_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5445/pl_157_2023_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Fica instituída, no município de Olinda, a campanha de conscientização sobre a Esporotricose Felina, com o objetivo de promover ações educativas para informar a população sobre prevenção, identificação de sintomas e tratamento da doença.</t>
   </si>
   <si>
     <t>5452</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5452/pl_158_2023_autor_ver._everaldo_silva.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5452/pl_158_2023_autor_ver._everaldo_silva.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instalar dispositivos com sinais sonoros adequados para alunos com Transtorno do Espectro Autista - TEA, nas unidades da Rede Municipal de Educação de Olinda e dá outras providências.</t>
   </si>
   <si>
     <t>5528</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>01 - Tostão de Olinda</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5528/pl_159_2023_autor_ver._tostao_de_olinda.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5528/pl_159_2023_autor_ver._tostao_de_olinda.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 01, de 06 de setembro de 1990, para inserir, como ilícito funcional, qualquer violação cometida pelos servidores municipais às prerrogativas dos advogados, previstas na Lei nº 8.906, de 4 de junho de 1994, a qual dispõe sobre o Estatuto da Advocacia e da Ordem dos Advogados do Brasil.</t>
   </si>
   <si>
     <t>5525</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5525/pl_161_2023_autora_vera_dete_silva.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5525/pl_161_2023_autora_vera_dete_silva.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Juremeiro e Juremeira na Cidade de Olinda.</t>
   </si>
   <si>
     <t>5492</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5492/pl_162_2023_autor_mesa_diretora.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5492/pl_162_2023_autor_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 6.052, de 30 de agosto de 2018.</t>
   </si>
   <si>
     <t>5526</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>Institui a "Semana da Comunidade Católica" na cidade de Olinda.</t>
   </si>
   <si>
     <t>5527</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>Inclui a matéria Inteligência Emocional na grade curricular da Educação Básica das Redes de Ensino Público e Privado no âmbito do município de Olinda/PE.</t>
   </si>
   <si>
     <t>5529</t>
   </si>
@@ -2412,159 +2412,159 @@
   <si>
     <t>5534</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Cria o Selo "Empresa Amiga da Juventude" para atestar as empresas que contribuem com a inserção de jovens no mercado de trabalho do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5536</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>Dispõe sobre a destinação de parte das receitas oriundas da cobrança de multas de trânsito ao financiamento de tratamento para pessoas com câncer no âmbito do Município de Olinda/PE.</t>
   </si>
   <si>
     <t>5537</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5537/pl_172_2023_autor_ver._flavio_nascimento.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5537/pl_172_2023_autor_ver._flavio_nascimento.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Uso Racional de Medicamentos em Olinda-PE.</t>
   </si>
   <si>
     <t>5485</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5485/pl_173_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5485/pl_173_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura administrativa necessária à implementação e à execução das regras e determinações constantes na Lei Federal nº 14.133/2021 (nova Lei das Licitações e Contratações da Administração Pública), no âmbito da Administração Direta e Indireta do Município de Olinda, bem como sobre a estrutura administrativa da Secretaria de Saúde, e dá outras providências.</t>
   </si>
   <si>
     <t>5486</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5486/pl_174_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5486/pl_174_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Fixa o vencimento básico dos Agentes Comunitários de Saúde (ACS) e dos Agentes de Combate as Endemias (ACE), no âmbito do Município de Olinda, de acordo com o disposto no § 9º, do art. 198, da Constituição Federal, incluído pela Emenda Constitucional nº 120, de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>5487</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5487/pl_175_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5487/pl_175_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Gratificação de Atividade Previdenciária -GAPREV, do Instituto de Previdência Social dos Servidores Públicos do Município de Olinda - OLINPREV, altera a Lei Municipal nº 6.253, de 23 de julho de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>5488</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5488/pl_176_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5488/pl_176_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Cargos, Carreiras e Vencimentos da Guarda Civil Municipal de Olinda e dá outras providências.</t>
   </si>
   <si>
     <t>5490</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5490/pl_177_2023_autor_poder_executivo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5490/pl_177_2023_autor_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Cria o cargo efetivo de Assistente da Procuradoria Geral do Município de Olinda, integrante ao Plano de Cargos, Carreiras e Vencimentos (PCCV) do Poder Executivo Municipal, instituido pela Lei Municipal n°5.615 de 14 de outubro de 2008, e dá outras providências.</t>
   </si>
   <si>
     <t>5516</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal n° 5.995, de 09 de maio de 2017 e repristina a Lei Municipal n° 5.936 de 22 de junho de 2015.</t>
   </si>
   <si>
     <t>5517</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>Altera a redação da Lei Municipal nº 5.306, de 28 de dezembro de 2001.</t>
   </si>
   <si>
     <t>5518</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>Institui no Município de Olinda o “Dia da Caminhada da Família do Vicariato de Olinda”, a ser realizada sempre no terceiro domingo do mês de setembro de cada ano e dá outras providências.</t>
   </si>
   <si>
     <t>5129</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Institui, no Município de Olinda, o “Prêmio Mulheres Empreendedoras de Olinda;”</t>
   </si>
   <si>
     <t>5211</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5211/pr_02_2023_autora_vera._denise_almeida.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5211/pr_02_2023_autora_vera._denise_almeida.pdf</t>
   </si>
   <si>
     <t>Cria o "Selo Lilás" de Reconhecimento às Empresa atuantes no Combate à violência contra a mulher.</t>
   </si>
   <si>
     <t>5519</t>
   </si>
   <si>
     <t>Regulamenta as contratações diretas advindas da Lei nº 14.133, de 1º de  abril de 2021, que dispõe sobre licitações e contratos administrativos, no âmbito do Poder Legislativo Municipal de Olinda - PE.</t>
   </si>
   <si>
     <t>5520</t>
   </si>
   <si>
     <t>Regulamenta o §3º do art. 8º da Lei Federal nº 14.133, de 19 de abril de 2021, para dispor sobre regras e diretrizes para a atuação do agente de contratação, da equipe de apoio, da comissão de contratação, dos agentes públicos e dos gestores e fiscais de contratos, no âmbito do Poder Legislativo Municipal de Olinda-PE.</t>
   </si>
   <si>
     <t>5521</t>
   </si>
   <si>
     <t>Regulamenta a Lei nº 14.133, de 01 de abril de 2021, que dispõe sobre licitação e contratos administrativos, no Poder Legislativo do Município de Olinda-PE.</t>
   </si>
   <si>
     <t>4959</t>
   </si>
@@ -5647,67 +5647,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5036/pdl_01_2023_autor_ver._everaldo_silva.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5035/pdl_02_2023_autor_ver._bruno_de_melo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5118/pdl_03_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5120/pdl_04_2023_autor_ver_severino_barbosa.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5155/pdl_05_2023_autor_ver._felipe_nascimento.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5156/pdl_06_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5163/pdl_07_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5164/pdl_08_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5167/pdl_09_2023_autor_ver._bruno_de_melo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5179/pdl_10_2023_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5213/pdl_12_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5214/pdl_13_2023_autora_vera._dete_silva.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5215/pdl_14_2023_autora_vera._dete_silva.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5245/pdl_15_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5246/pdl_16_2023_autor_comissoes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5247/pdl_17_2023_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5256/pdl_18_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5254/pdl_19_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5257/pdl_20_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5312/pdl_21_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5313/pdl_22_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5315/pdl_23_2023_autor_ver._felipe_nascimento.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5317/pdl_24_2023_autor_ver._severino_barbosa_-_biai.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5318/pdl_25_2023_autor_ver._severino_barbosa_-_biai.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5447/pdl_27_2023_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5522/pdl_28_2023_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5523/pdl_29_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5137/plc_01_2023_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5249/pelo_02_2023_autor_bancada_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5136/plc_01_2023_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5243/plc_02_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5489/plc_03_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4952/pl_01_2023_autor_vereador_biai.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4953/pl_02_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4954/pl_03_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4955/pl_04_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4956/pl_05_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4957/pl_06_2023_autor_ver._severino_barbosa_biai.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4958/pl_07_2022_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4990/pl_08_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4991/pl_09_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4994/pl_11_2023_autor_felipe_nascimento.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5037/pl_12_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5038/pl_13_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5039/pl_14_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5040/pl_15_2023_autor._ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5071/pl_16_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5100/pl_18_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5115/pl_19_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5117/pl_20_2023_autor_ver._bruno_dmelo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5119/pl_21_2023_autor_ver._felipe_nascimento.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5121/pl_22_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5122/pl_23_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5123/pl_24_2023_autor_ver._irmao_bia.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5127/pl_28_2023_autor_ver._vlademir_labanca.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5128/pl_29_2023_autor_ver._vlademir_labanca.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5130/pl_30_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5131/pl_31_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5132/pl_32_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5133/pl_33_2023_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5134/pl_34_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5135/pl_35_2023_autor_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5145/pl_37_2023_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5146/pl_38_2023_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5147/pl_39_2023_autor_ver._vlademir_labanca.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5148/pl_40_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5149/pl_41_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5150/pl_42_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5151/pl_43_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5152/pl_44_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5159/pl_47_2023_autor_ver._felipe_nascimento.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5160/pl_48_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5161/pl_49_2023_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5162/pl_50_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5165/pl_51_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5166/pl_52_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5171/pl_53_2023_autores_ver._saulo_holanda_e_biai.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5172/pl_54_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5173/pl_55_2023_autor_ver._severino_barbosa_-_biai.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5174/pl_56_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5175/pl_57_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5176/pl_58_2023_autora_vera._denise_almeida.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5177/pl_59_2023_autora_vera._denise_almeida.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5178/pl_60_2023_autora_vera._denise_almeida.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5186/pl_61_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5187/pl_62_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5188/pl_63_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5189/pl_64_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5190/pl_65_2023_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5191/pl_66_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5197/pl_67_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5198/pl_68_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5200/pl_69_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5199/pl_70_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5201/pl_71_2023_autor_vera_dete_silva.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5202/pl_72_2023_autor_ver._severino_barbosa_-_biai.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5203/pl_73_2023_autor_mesa_diretora_cmo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5204/pl_74_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5210/pl_75_2023_autor_vera_dete_silva.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5209/pl_76_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5219/pl_77_2023_autora_vera._denise_almeida.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5218/pl_78_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5223/pl_79_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5224/pl_80_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5225/pl_81_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5226/pl_82_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5227/pl_83_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5228/pl_84_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5229/pl_85_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5230/pl_86_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5231/pl_87_2023_autor_ver._flavio_nascimento_a.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5232/pl_88_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5233/pl_89_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5234/pl_90_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5235/pl_91_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5236/pl_92_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5237/pl_93_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5238/pl_94_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5239/pl_95_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5240/pl_96_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5241/pl_97_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5242/pl_98_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5244/pl_99_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5248/pl_100_2023_autor_ver._everaldo_silva.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5251/pl_101_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5253/pl_102_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5252/pl_103_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5259/pl_105_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5260/pl_106_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5261/pl_107_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5262/pl_108_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5263/pl_109_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5264/pl_110_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5265/pl_111_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5266/pl_112_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5267/pl_113_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5268/pl_114_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5269/pl_115_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5270/pl_116_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5271/pl_117_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5272/pl_118_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5273/pl_119_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5274/pl_120_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5275/pl_121_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5276/pl_122_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5277/pl_123_2023_autor_ver._felipe_nascimento.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5278/pl_124_2023_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5279/pl_125_2023_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5280/pl_126_2023_autor_mesa_diretora_cmo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5281/pl_127_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5282/pl_128_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5283/pl_129_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5284/pl_130_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5285/pl_131_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5286/pl_132_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5287/pl_133_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5288/pl_134_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5289/pl_135_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5294/pl_136_2023_autor_ver._severino_barbosa_-_biai.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5295/pl_137_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5330/pl_138_2023_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5332/pl_139_2023_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5333/pl_140_2023_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5336/pl_141_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5430/pl_142_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5431/pl_143_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5432/pl_144_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5433/pl_145_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5434/pl_146_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5435/pl_147_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5436/pl_148_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5437/pl_149_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5438/pl_150_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5439/pl_151_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5440/pl_152_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5441/pl_153_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5443/pl_155_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5444/pl_156_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5445/pl_157_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5452/pl_158_2023_autor_ver._everaldo_silva.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5528/pl_159_2023_autor_ver._tostao_de_olinda.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5525/pl_161_2023_autora_vera_dete_silva.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5492/pl_162_2023_autor_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5537/pl_172_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5485/pl_173_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5486/pl_174_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5487/pl_175_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5488/pl_176_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5490/pl_177_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5211/pr_02_2023_autora_vera._denise_almeida.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5036/pdl_01_2023_autor_ver._everaldo_silva.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5035/pdl_02_2023_autor_ver._bruno_de_melo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5118/pdl_03_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5120/pdl_04_2023_autor_ver_severino_barbosa.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5155/pdl_05_2023_autor_ver._felipe_nascimento.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5156/pdl_06_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5163/pdl_07_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5164/pdl_08_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5167/pdl_09_2023_autor_ver._bruno_de_melo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5179/pdl_10_2023_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5213/pdl_12_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5214/pdl_13_2023_autora_vera._dete_silva.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5215/pdl_14_2023_autora_vera._dete_silva.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5245/pdl_15_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5246/pdl_16_2023_autor_comissoes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5247/pdl_17_2023_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5256/pdl_18_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5254/pdl_19_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5257/pdl_20_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5312/pdl_21_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5313/pdl_22_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5315/pdl_23_2023_autor_ver._felipe_nascimento.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5317/pdl_24_2023_autor_ver._severino_barbosa_-_biai.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5318/pdl_25_2023_autor_ver._severino_barbosa_-_biai.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5447/pdl_27_2023_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5522/pdl_28_2023_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5523/pdl_29_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5137/plc_01_2023_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5249/pelo_02_2023_autor_bancada_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5136/plc_01_2023_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5243/plc_02_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5489/plc_03_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4952/pl_01_2023_autor_vereador_biai.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4953/pl_02_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4954/pl_03_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4955/pl_04_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4956/pl_05_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4957/pl_06_2023_autor_ver._severino_barbosa_biai.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4958/pl_07_2022_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4990/pl_08_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4991/pl_09_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/4994/pl_11_2023_autor_felipe_nascimento.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5037/pl_12_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5038/pl_13_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5039/pl_14_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5040/pl_15_2023_autor._ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5071/pl_16_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5100/pl_18_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5115/pl_19_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5117/pl_20_2023_autor_ver._bruno_dmelo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5119/pl_21_2023_autor_ver._felipe_nascimento.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5121/pl_22_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5122/pl_23_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5123/pl_24_2023_autor_ver._irmao_bia.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5127/pl_28_2023_autor_ver._vlademir_labanca.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5128/pl_29_2023_autor_ver._vlademir_labanca.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5130/pl_30_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5131/pl_31_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5132/pl_32_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5133/pl_33_2023_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5134/pl_34_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5135/pl_35_2023_autor_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5145/pl_37_2023_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5146/pl_38_2023_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5147/pl_39_2023_autor_ver._vlademir_labanca.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5148/pl_40_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5149/pl_41_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5150/pl_42_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5151/pl_43_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5152/pl_44_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5159/pl_47_2023_autor_ver._felipe_nascimento.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5160/pl_48_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5161/pl_49_2023_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5162/pl_50_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5165/pl_51_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5166/pl_52_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5171/pl_53_2023_autores_ver._saulo_holanda_e_biai.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5172/pl_54_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5173/pl_55_2023_autor_ver._severino_barbosa_-_biai.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5174/pl_56_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5175/pl_57_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5176/pl_58_2023_autora_vera._denise_almeida.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5177/pl_59_2023_autora_vera._denise_almeida.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5178/pl_60_2023_autora_vera._denise_almeida.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5186/pl_61_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5187/pl_62_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5188/pl_63_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5189/pl_64_2023_autor_ver._vinicius_castello.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5190/pl_65_2023_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5191/pl_66_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5197/pl_67_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5198/pl_68_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5200/pl_69_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5199/pl_70_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5201/pl_71_2023_autor_vera_dete_silva.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5202/pl_72_2023_autor_ver._severino_barbosa_-_biai.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5203/pl_73_2023_autor_mesa_diretora_cmo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5204/pl_74_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5210/pl_75_2023_autor_vera_dete_silva.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5209/pl_76_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5219/pl_77_2023_autora_vera._denise_almeida.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5218/pl_78_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5223/pl_79_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5224/pl_80_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5225/pl_81_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5226/pl_82_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5227/pl_83_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5228/pl_84_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5229/pl_85_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5230/pl_86_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5231/pl_87_2023_autor_ver._flavio_nascimento_a.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5232/pl_88_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5233/pl_89_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5234/pl_90_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5235/pl_91_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5236/pl_92_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5237/pl_93_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5238/pl_94_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5239/pl_95_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5240/pl_96_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5241/pl_97_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5242/pl_98_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5244/pl_99_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5248/pl_100_2023_autor_ver._everaldo_silva.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5251/pl_101_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5253/pl_102_2023_autor_ver._tonny_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5252/pl_103_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5259/pl_105_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5260/pl_106_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5261/pl_107_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5262/pl_108_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5263/pl_109_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5264/pl_110_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5265/pl_111_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5266/pl_112_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5267/pl_113_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5268/pl_114_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5269/pl_115_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5270/pl_116_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5271/pl_117_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5272/pl_118_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5273/pl_119_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5274/pl_120_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5275/pl_121_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5276/pl_122_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5277/pl_123_2023_autor_ver._felipe_nascimento.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5278/pl_124_2023_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5279/pl_125_2023_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5280/pl_126_2023_autor_mesa_diretora_cmo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5281/pl_127_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5282/pl_128_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5283/pl_129_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5284/pl_130_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5285/pl_131_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5286/pl_132_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5287/pl_133_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5288/pl_134_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5289/pl_135_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5294/pl_136_2023_autor_ver._severino_barbosa_-_biai.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5295/pl_137_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5330/pl_138_2023_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5332/pl_139_2023_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5333/pl_140_2023_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5336/pl_141_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5430/pl_142_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5431/pl_143_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5432/pl_144_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5433/pl_145_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5434/pl_146_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5435/pl_147_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5436/pl_148_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5437/pl_149_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5438/pl_150_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5439/pl_151_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5440/pl_152_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5441/pl_153_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5443/pl_155_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5444/pl_156_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5445/pl_157_2023_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5452/pl_158_2023_autor_ver._everaldo_silva.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5528/pl_159_2023_autor_ver._tostao_de_olinda.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5525/pl_161_2023_autora_vera_dete_silva.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5492/pl_162_2023_autor_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5537/pl_172_2023_autor_ver._flavio_nascimento.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5485/pl_173_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5486/pl_174_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5487/pl_175_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5488/pl_176_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5490/pl_177_2023_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2023/5211/pr_02_2023_autora_vera._denise_almeida.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H581"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="45.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>