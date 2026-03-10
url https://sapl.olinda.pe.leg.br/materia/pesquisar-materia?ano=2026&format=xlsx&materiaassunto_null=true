--- v0 (2026-01-22)
+++ v1 (2026-03-10)
@@ -10,218 +10,776 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="507" uniqueCount="241">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6541</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>15 - SAULO HOLANDA</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6541/pdl_01_2026_autor_ver._saulo_holanda.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6541/pdl_01_2026_autor_ver._saulo_holanda.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão de Olinda ao Senhor Kleber Leal Chaves Farias.</t>
   </si>
   <si>
     <t>6542</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>07 - JESUÍNO ARAÚJO</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6542/pdl_02_2026_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6542/pdl_02_2026_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã de Olinda a Senhora Maria Carolina Gomes da Silva.</t>
   </si>
   <si>
     <t>6543</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6543/pdl_03_2026_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6543/pdl_03_2026_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã de Olinda a Senhora Ingrid Zanella Andrade Campos.</t>
   </si>
   <si>
     <t>6544</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6544/pdl_04_2026_autor_ver._jesuino_araujo.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6544/pdl_04_2026_autor_ver._jesuino_araujo.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão de Olinda ao Senhor Wilson Sena Brasil.</t>
   </si>
   <si>
+    <t>6567</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão de Olinda ao Senhor Kleber de Mendonça Vasconcellos Filho.</t>
+  </si>
+  <si>
+    <t>6568</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão de Olinda ao Senhor Wagner Maniçoba de Moura.</t>
+  </si>
+  <si>
+    <t>6569</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>09 - SIMPLÍCIO</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6569/pdl_07_2026_autor_ver._simplicio.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadã de Olinda a Senhora Andrea Maria Galdino dos Santos.</t>
+  </si>
+  <si>
+    <t>6570</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6570/pdl_08_2026_autor_ver._simplicio.pdf</t>
+  </si>
+  <si>
+    <t>Concede a Medalha de Mérito de Cultura Popular Chico Science ao artista plástico bonequeiro e artesão Josenildo Bezerra - Mestre Camarão.</t>
+  </si>
+  <si>
+    <t>6571</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6571/pdl_09_2026_autor_ver._simplicio.pdf</t>
+  </si>
+  <si>
+    <t>Concede a Medalha de Mérito de Cultura Popular Chico Science ao Mestre Ulisses.</t>
+  </si>
+  <si>
+    <t>6572</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>13 - EUGÊNIA LIMA</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6572/pdl_10_2026_autor_vera._eugenia_lima.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão de Olinda ao Senhor Irandhir Santos.</t>
+  </si>
+  <si>
+    <t>6573</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6573/pdl_11_2026_autor_vera._eugenia_lima.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão de Olinda ao Senhor Humberto Sérgio Costa Lima.</t>
+  </si>
+  <si>
+    <t>6597</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>FOA - Finanças, Orçamento e Assuntos Tributários</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Prestação de Contas da Prefeitura Municipal de Olinda do Exercício de 2021.</t>
+  </si>
+  <si>
+    <t>6598</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6598/pdl_13_2026_autor_ver._saulo_holanda.pdf</t>
+  </si>
+  <si>
+    <t>Concede a Medalha do Mérito Aloísio Magalhães ao Senhor Arnaldo Carlos de Mendonça</t>
+  </si>
+  <si>
+    <t>6548</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ORDINÁRIA</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6548/pl_01_2026_autora_vera_eugenia_lima.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a regulamentação Municipal do Repasse do Componente de Qualidade da nova metodologia de cofinanciamento federal do Piso de Atenção Primária à Saúde, nos termos da Portaria GM/MS n° 3.943/2024, ealtera a Lei Municipal n° 5.847, de 10 de dezembro de 2013.</t>
+  </si>
+  <si>
+    <t>6549</t>
+  </si>
+  <si>
+    <t>MIRELLA FERNANDA BEZERRA DE ALMEIDA</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6549/pl_02_2026_autor_poder_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Altera o art. 9º, da Lei Municipal n° 6.406, de 29 de dezembro de 2025, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6550</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6550/pl_03_2026_autor_ver._wanderley_simplicio.pdf</t>
+  </si>
+  <si>
+    <t>Institui do "Dia da Liderança Comunitária" e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6556</t>
+  </si>
+  <si>
+    <t>01 - SARMENTO</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6556/pl_04_2026_autor_ver._sarmento.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a vedação de práticas discriminatórias no condicionamento de matrícula de crianças com deficiência no âmbito do Município de Olinda.</t>
+  </si>
+  <si>
+    <t>6557</t>
+  </si>
+  <si>
+    <t>Institui diretriz de transparência ativa por meio do "Painel Municipal de Transparências de Licitações, Contratos e Pagamentos" no âmbito do Município de Olinda e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6564</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6564/pl_06_2026_autor_poder_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal n°5306, de 30 de Outubro de 2001 (Lei do Carnaval), atualizada pela Lei Municipal n° 5927, de 26 de Janeiro de 2015, para estabelecer procedimentos e prazos para pagamento de cachês artísticos atinentes ao Carnaval de Olinda, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6565</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6565/pl_07_2026_autor_poder_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal n°6406, de 29 de Dezembro de 2025, que Estima a Receita e Fixa a Despesa do Município de Olinda para o Exercício Financeiro de 2026, acrescentando o parágrafo único do art. 9°, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6566</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6566/pl_08_2026_autor_ver._jesuino_araujo.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Videomonitoramento de Resíduos, autorizando a instalação de Câmeras de Segurança em locais viciados de descarte irregular de Resíduos Sólidos, entulhos e materiais recicláveis, em áreas públicas do Município de Olinda.</t>
+  </si>
+  <si>
+    <t>6595</t>
+  </si>
+  <si>
+    <t>14 - RICARDO SOUSA</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6595/pl_09_2026_autor_ver._ricardo_sousa.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a isenção do IPTU para imóveis localizados em vias públicas desprovidas de serviços urbanos essenciais no Município de Olinda.</t>
+  </si>
+  <si>
+    <t>6596</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6596/pl_10_2026_autor_ver._jesuino_araujo.pdf</t>
+  </si>
+  <si>
+    <t>Inclui o Médico-Veterinário da Família na Equipe Multiprofissional na Atenção Primária à Saúde (eMulti), no âmbito do Município de Olinda.</t>
+  </si>
+  <si>
+    <t>6599</t>
+  </si>
+  <si>
+    <t>08 - IRAN BARBOSA</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6599/pl_11_2026_autor_ver._iran_barbosa.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a prioridade no agendamento de cirurgias de laqueadura no âmbito do Sistema Único de Saúde - SUS no território do Município de Olinda.</t>
+  </si>
+  <si>
+    <t>6600</t>
+  </si>
+  <si>
+    <t>Concede o título de utilidade pública ao  Clube Carnavalesco Misto Linguarudo de Ouro Preto.</t>
+  </si>
+  <si>
+    <t>6601</t>
+  </si>
+  <si>
+    <t>17 - VLADEMIR LABANCA</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6601/pl_13_2026_autor_ver._vlademir_labanca.pdf</t>
+  </si>
+  <si>
+    <t>Concede o reconhecimento oficial às páginas digitais de bairros e as páginas carnavalescas como canais de impressa da cidade de Olinda.</t>
+  </si>
+  <si>
+    <t>6574</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6574/0004.pdf</t>
+  </si>
+  <si>
+    <t>Requer AUDIÊNCIA PÚBLICA sobre mulheres.</t>
+  </si>
+  <si>
+    <t>6575</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6575/0005.pdf</t>
+  </si>
+  <si>
+    <t>Requer AUDIÊNCIA PÚBLICA sobre Carnaval.</t>
+  </si>
+  <si>
+    <t>6576</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6576/0006.pdf</t>
+  </si>
+  <si>
+    <t>Requer AUDIÊNCIA PÚBLICA sobre Obras Públicas.</t>
+  </si>
+  <si>
+    <t>6577</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6577/0007.pdf</t>
+  </si>
+  <si>
+    <t>Requer AUDIÊNCIA PÚBLICA sobre Saúde.</t>
+  </si>
+  <si>
+    <t>6578</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6578/0008.pdf</t>
+  </si>
+  <si>
+    <t>Requer AUDIÊNCIA PÚBLICA sobre às Chuvas.</t>
+  </si>
+  <si>
+    <t>6579</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6579/0009.pdf</t>
+  </si>
+  <si>
+    <t>Requer AUDIÊNCIA PÚBLICA sobre Educação.</t>
+  </si>
+  <si>
+    <t>6580</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6580/0013.pdf</t>
+  </si>
+  <si>
+    <t>Requer VOTO DE APLAUSOS a Senhora Andrea Maria Galdino dos Santos, ex-Secretária de Desenvolvimento Social e Direitos Humanos do Município de Olinda.</t>
+  </si>
+  <si>
+    <t>6581</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6581/0014.pdf</t>
+  </si>
+  <si>
+    <t>Requer VOTO DE APLAUSOS ao Bloco Carnavalesco Virgens de Bairro Novo, na pessoa de seu Presidente, o Senhor Roberto de Lima Feitosa, pelo brilhante sucesso em mais um carnaval, em seus 73 anos de criação;</t>
+  </si>
+  <si>
+    <t>6582</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6582/0015.pdf</t>
+  </si>
+  <si>
+    <t>Requer VOTO DE APLAUSOS a Banda Som da Terra, pelo sucesso na brilhante participação no desfile do Bloco Carnavalesco Olindense Virgens de Bairro Novo.</t>
+  </si>
+  <si>
+    <t>6558</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6558/0016.pdf</t>
+  </si>
+  <si>
+    <t>Requer VOTO DE APLAUSOS ao ator Irandhir Santos, pela excelência de sua carreira no teatro, no cinema e na televisão, projetando a arte pernambucana no cenário nacional e internacional.</t>
+  </si>
+  <si>
+    <t>6559</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>06 - JADILSON BOMBEIRO</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6559/0032.pdf</t>
+  </si>
+  <si>
+    <t>Requer VOTO DE APLAUSOS ao Senhor Alexandre Jorge Bezerra (Ureia), a sua destacada e contínua atuação na Polícia Civil.</t>
+  </si>
+  <si>
+    <t>6583</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6583/0129.pdf</t>
+  </si>
+  <si>
+    <t>Requer VOTO DE APLAUSOS a Soldado Laryssa Rufino da Silva França ao Aspirante Ramon Talyson das Neves Soares, 3º Sargento Gevertony De Lima Nunes; 3º Sargento Laete Joaquim da Silva, Soldado Pedro Henrique Leite Diniz, Soldado José Claudio Brito da Silva, Soldado Euclides Machado Barbosa de França, Soldado Pedro Felipe Medrado Macedo Nascimento, Soldado Matheus Henrique dos Santos Barros, Soldado Filipe Meireles Manolio E Soldado Breno Randd de Santana.</t>
+  </si>
+  <si>
+    <t>6584</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6584/0130.pdf</t>
+  </si>
+  <si>
+    <t>Requer reparo em via pública devido a existência de grandes buracos no Cruzamento da Rua Prof. Francisco Xavier Paes Barreto com a Rua Carlos Pessoa _x000D_
+Monteiro – Casa Caiada</t>
+  </si>
+  <si>
+    <t>6585</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6585/0131.pdf</t>
+  </si>
+  <si>
+    <t>Requer reparos na Pavimentação da Av. Flores do Campo no Bairro do _x000D_
+Fragoso</t>
+  </si>
+  <si>
+    <t>6586</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>16 - BIAI</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6586/0132.pdf</t>
+  </si>
+  <si>
+    <t>Requer providenciar melhorias no atendimento da UPA RIO DOCE</t>
+  </si>
+  <si>
+    <t>6587</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>04 - MILCON RANGEL</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6587/0133.pdf</t>
+  </si>
+  <si>
+    <t>Requer Serviço de Tapa buraco na Rua dos Pescadores</t>
+  </si>
+  <si>
+    <t>6588</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>10 - PROFESSOR MARCELO</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6588/0134.pdf</t>
+  </si>
+  <si>
+    <t>Requer de colocação de Sinal de Transito - Travessa do vencedor com a  Lígia Gomes – Bairro Ouro Preto.</t>
+  </si>
+  <si>
+    <t>6589</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6589/0135.pdf</t>
+  </si>
+  <si>
+    <t>Requer iluminação e colocação de lombadas na Lígia Gomes – Bairro Ouro Preto.</t>
+  </si>
+  <si>
+    <t>6590</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6590/0136.pdf</t>
+  </si>
+  <si>
+    <t>Requer reiteração da requalificação da conclusão das paradas de ônibus de _x000D_
+Olinda.</t>
+  </si>
+  <si>
+    <t>6591</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6591/0137.pdf</t>
+  </si>
+  <si>
+    <t>Requer reconstrução e reforma da ponte da Rua Ouriço do Mar, Ouro Preto.</t>
+  </si>
+  <si>
+    <t>6592</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6592/0138.pdf</t>
+  </si>
+  <si>
+    <t>Requer confecção de placas de concreto para cobertura de canaleta.</t>
+  </si>
+  <si>
+    <t>6593</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6593/0139.pdf</t>
+  </si>
+  <si>
+    <t>Requer realização de Contenção de Barreira – Bairro Ouro Preto.</t>
+  </si>
+  <si>
+    <t>6594</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6594/0140.pdf</t>
+  </si>
+  <si>
+    <t>Reitero solicitação para que seja iniciado estudo e planejamento de uma UPA 24 horas, no setor oeste de Olinda (Águas Compridas/Caixa D’água).</t>
+  </si>
+  <si>
+    <t>6602</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6602/0142.pdf</t>
+  </si>
+  <si>
+    <t>Requer VOTO DE APLAUSOS aos agentes de trânsito: André Luiz, Edilene Oliveira, Felipe Rodrigues, Manoel José de Lira.</t>
+  </si>
+  <si>
+    <t>6603</t>
+  </si>
+  <si>
+    <t>316</t>
+  </si>
+  <si>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6603/0316.pdf</t>
+  </si>
+  <si>
+    <t>Requer VOTO DE APLAUSOS para aos responsáveis pela organização da segurança do Carnaval de Olinda os seguintes: Tenente Coronel PMPE Lenildo Freitas, e os Delegados Euricélia Nogueira, Roberto Geraldo, Gilmar Rodrigues e Felipe Monteiro.</t>
+  </si>
+  <si>
     <t>6534</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>VETO AO PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
-    <t>MIRELLA FERNANDA BEZERRA DE ALMEIDA</t>
-[...2 lines deleted...]
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6534/veto_01_a_pl_55_2025.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6534/veto_01_a_pl_55_2025.pdf</t>
   </si>
   <si>
     <t>Veto parcial ao Projeto de Lei Ordinária n° 55/2025.</t>
   </si>
   <si>
     <t>6535</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6535/veto_02_a_pl_54_2025.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6535/veto_02_a_pl_54_2025.pdf</t>
   </si>
   <si>
     <t>Veto Parcial ao Projeto de Lei Ordinária n° 54/2025, de autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>6536</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6536/veto_03_a_pl_92_2025.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6536/veto_03_a_pl_92_2025.pdf</t>
   </si>
   <si>
     <t>Veto Integral ao Projeto de Lei Ordinária n° 92/2025, de autoria do Vereador Ricardo Sousa.</t>
   </si>
   <si>
     <t>6537</t>
   </si>
   <si>
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6537/veto_04_a_pl_90_2025.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6537/veto_04_a_pl_90_2025.pdf</t>
   </si>
   <si>
     <t>Veto Integral ao Projeto de Lei Ordinária n° 90/2025, de autoria do Vereador Ricardo Sousa.</t>
   </si>
   <si>
     <t>6538</t>
   </si>
   <si>
-    <t>5</t>
-[...2 lines deleted...]
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6538/veto_05_a_pl_95_2025.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6538/veto_05_a_pl_95_2025.pdf</t>
   </si>
   <si>
     <t>Veto Integral ao Projeto de Lei Ordinário nº 95/2025 de autoria da Vereadora Eugênia Lima.</t>
   </si>
   <si>
     <t>6539</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6539/veto_06_a_pl_75_2025.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6539/veto_06_a_pl_75_2025.pdf</t>
   </si>
   <si>
     <t>Veto Integral ao Projeto de Lei Ordinária nº 75/2025, de autoria da Vereadora Denise Almeida.</t>
   </si>
   <si>
     <t>6540</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6540/veto_07_a_pl_93_2025.pdf</t>
+    <t>http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6540/veto_07_a_pl_93_2025.pdf</t>
   </si>
   <si>
     <t>Veto parcial ao Art. 3º do Projeto de Lei Ordinária nº 93/2025, de autoria do Vereador Ricardo Sousa.</t>
+  </si>
+  <si>
+    <t>6551</t>
+  </si>
+  <si>
+    <t>DEN</t>
+  </si>
+  <si>
+    <t>DENUNCIA PARA FINS DE PROCESSO DE IMPEACHMENT</t>
+  </si>
+  <si>
+    <t>Admissibilidade da denúncia para fins de processo de Impeachment contra Excelentíssima Prefeita Mirella Almeida.</t>
+  </si>
+  <si>
+    <t>6552</t>
+  </si>
+  <si>
+    <t>Admissibilidade da denúncia para fins de processo de Impeachment contra Excelentíssima Prefeita Mirella Almeida e o Vice Prefeito Francisco Carvalho.</t>
+  </si>
+  <si>
+    <t>6553</t>
+  </si>
+  <si>
+    <t>6554</t>
+  </si>
+  <si>
+    <t>6555</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -525,68 +1083,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6541/pdl_01_2026_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6542/pdl_02_2026_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6543/pdl_03_2026_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6544/pdl_04_2026_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6534/veto_01_a_pl_55_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6535/veto_02_a_pl_54_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6536/veto_03_a_pl_92_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6537/veto_04_a_pl_90_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6538/veto_05_a_pl_95_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6539/veto_06_a_pl_75_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6540/veto_07_a_pl_93_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6541/pdl_01_2026_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6542/pdl_02_2026_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6543/pdl_03_2026_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6544/pdl_04_2026_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6569/pdl_07_2026_autor_ver._simplicio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6570/pdl_08_2026_autor_ver._simplicio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6571/pdl_09_2026_autor_ver._simplicio.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6572/pdl_10_2026_autor_vera._eugenia_lima.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6573/pdl_11_2026_autor_vera._eugenia_lima.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6598/pdl_13_2026_autor_ver._saulo_holanda.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6548/pl_01_2026_autora_vera_eugenia_lima.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6549/pl_02_2026_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6550/pl_03_2026_autor_ver._wanderley_simplicio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6556/pl_04_2026_autor_ver._sarmento.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6564/pl_06_2026_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6565/pl_07_2026_autor_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6566/pl_08_2026_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6595/pl_09_2026_autor_ver._ricardo_sousa.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6596/pl_10_2026_autor_ver._jesuino_araujo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6599/pl_11_2026_autor_ver._iran_barbosa.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6601/pl_13_2026_autor_ver._vlademir_labanca.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6574/0004.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6575/0005.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6576/0006.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6577/0007.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6578/0008.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6579/0009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6580/0013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6581/0014.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6582/0015.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6558/0016.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6559/0032.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6583/0129.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6584/0130.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6585/0131.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6586/0132.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6587/0133.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6588/0134.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6589/0135.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6590/0136.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6591/0137.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6592/0138.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6593/0139.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6594/0140.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6602/0142.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6603/0316.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6534/veto_01_a_pl_55_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6535/veto_02_a_pl_54_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6536/veto_03_a_pl_92_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6537/veto_04_a_pl_90_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6538/veto_05_a_pl_95_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6539/veto_06_a_pl_75_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/sapl/public/materialegislativa/2026/6540/veto_07_a_pl_93_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olinda.pe.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="89.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="49" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="45.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -683,237 +1241,1626 @@
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="F6" t="s">
+      <c r="H6" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H7" t="s">
         <v>35</v>
-      </c>
-[...19 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
         <v>38</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>39</v>
       </c>
       <c r="H8" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="D9" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>51</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>60</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H13" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>63</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" t="s">
+        <v>51</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H15" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" t="s">
+        <v>67</v>
+      </c>
+      <c r="E16" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" t="s">
+        <v>72</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H16" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>75</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>22</v>
+      </c>
+      <c r="D17" t="s">
+        <v>67</v>
+      </c>
+      <c r="E17" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" t="s">
+        <v>38</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H17" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>26</v>
+      </c>
+      <c r="D18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E18" t="s">
+        <v>68</v>
+      </c>
+      <c r="F18" t="s">
+        <v>79</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H18" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
         <v>30</v>
       </c>
-      <c r="E12" t="s">
+      <c r="D19" t="s">
+        <v>67</v>
+      </c>
+      <c r="E19" t="s">
+        <v>68</v>
+      </c>
+      <c r="F19" t="s">
+        <v>79</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      <c r="H12" t="s">
+      <c r="H19" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>34</v>
+      </c>
+      <c r="D20" t="s">
+        <v>67</v>
+      </c>
+      <c r="E20" t="s">
+        <v>68</v>
+      </c>
+      <c r="F20" t="s">
+        <v>72</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H20" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>37</v>
+      </c>
+      <c r="D21" t="s">
+        <v>67</v>
+      </c>
+      <c r="E21" t="s">
+        <v>68</v>
+      </c>
+      <c r="F21" t="s">
+        <v>72</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H21" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>42</v>
+      </c>
+      <c r="D22" t="s">
+        <v>67</v>
+      </c>
+      <c r="E22" t="s">
+        <v>68</v>
+      </c>
+      <c r="F22" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H22" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>93</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>46</v>
+      </c>
+      <c r="D23" t="s">
+        <v>67</v>
+      </c>
+      <c r="E23" t="s">
+        <v>68</v>
+      </c>
+      <c r="F23" t="s">
+        <v>94</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H23" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>97</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>50</v>
+      </c>
+      <c r="D24" t="s">
+        <v>67</v>
+      </c>
+      <c r="E24" t="s">
+        <v>68</v>
+      </c>
+      <c r="F24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H24" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>100</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
         <v>55</v>
+      </c>
+      <c r="D25" t="s">
+        <v>67</v>
+      </c>
+      <c r="E25" t="s">
+        <v>68</v>
+      </c>
+      <c r="F25" t="s">
+        <v>101</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H25" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>104</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>59</v>
+      </c>
+      <c r="D26" t="s">
+        <v>67</v>
+      </c>
+      <c r="E26" t="s">
+        <v>68</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H26" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>106</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>63</v>
+      </c>
+      <c r="D27" t="s">
+        <v>67</v>
+      </c>
+      <c r="E27" t="s">
+        <v>68</v>
+      </c>
+      <c r="F27" t="s">
+        <v>107</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H27" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>110</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>26</v>
+      </c>
+      <c r="D28" t="s">
+        <v>111</v>
+      </c>
+      <c r="E28" t="s">
+        <v>112</v>
+      </c>
+      <c r="F28" t="s">
+        <v>51</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H28" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>115</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>30</v>
+      </c>
+      <c r="D29" t="s">
+        <v>111</v>
+      </c>
+      <c r="E29" t="s">
+        <v>112</v>
+      </c>
+      <c r="F29" t="s">
+        <v>51</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H29" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>34</v>
+      </c>
+      <c r="D30" t="s">
+        <v>111</v>
+      </c>
+      <c r="E30" t="s">
+        <v>112</v>
+      </c>
+      <c r="F30" t="s">
+        <v>51</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H30" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>121</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>37</v>
+      </c>
+      <c r="D31" t="s">
+        <v>111</v>
+      </c>
+      <c r="E31" t="s">
+        <v>112</v>
+      </c>
+      <c r="F31" t="s">
+        <v>51</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H31" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>124</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>42</v>
+      </c>
+      <c r="D32" t="s">
+        <v>111</v>
+      </c>
+      <c r="E32" t="s">
+        <v>112</v>
+      </c>
+      <c r="F32" t="s">
+        <v>51</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H32" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>127</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>46</v>
+      </c>
+      <c r="D33" t="s">
+        <v>111</v>
+      </c>
+      <c r="E33" t="s">
+        <v>112</v>
+      </c>
+      <c r="F33" t="s">
+        <v>51</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="H33" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>130</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>63</v>
+      </c>
+      <c r="D34" t="s">
+        <v>111</v>
+      </c>
+      <c r="E34" t="s">
+        <v>112</v>
+      </c>
+      <c r="F34" t="s">
+        <v>38</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H34" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>133</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>134</v>
+      </c>
+      <c r="D35" t="s">
+        <v>111</v>
+      </c>
+      <c r="E35" t="s">
+        <v>112</v>
+      </c>
+      <c r="F35" t="s">
+        <v>18</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H35" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>137</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>138</v>
+      </c>
+      <c r="D36" t="s">
+        <v>111</v>
+      </c>
+      <c r="E36" t="s">
+        <v>112</v>
+      </c>
+      <c r="F36" t="s">
+        <v>18</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H36" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>141</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>142</v>
+      </c>
+      <c r="D37" t="s">
+        <v>111</v>
+      </c>
+      <c r="E37" t="s">
+        <v>112</v>
+      </c>
+      <c r="F37" t="s">
+        <v>51</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H37" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>145</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>146</v>
+      </c>
+      <c r="D38" t="s">
+        <v>111</v>
+      </c>
+      <c r="E38" t="s">
+        <v>112</v>
+      </c>
+      <c r="F38" t="s">
+        <v>147</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="H38" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>150</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>151</v>
+      </c>
+      <c r="D39" t="s">
+        <v>111</v>
+      </c>
+      <c r="E39" t="s">
+        <v>112</v>
+      </c>
+      <c r="F39" t="s">
+        <v>147</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H39" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>154</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>155</v>
+      </c>
+      <c r="D40" t="s">
+        <v>111</v>
+      </c>
+      <c r="E40" t="s">
+        <v>112</v>
+      </c>
+      <c r="F40" t="s">
+        <v>79</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="H40" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>158</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>159</v>
+      </c>
+      <c r="D41" t="s">
+        <v>111</v>
+      </c>
+      <c r="E41" t="s">
+        <v>112</v>
+      </c>
+      <c r="F41" t="s">
+        <v>79</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="H41" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>162</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>163</v>
+      </c>
+      <c r="D42" t="s">
+        <v>111</v>
+      </c>
+      <c r="E42" t="s">
+        <v>112</v>
+      </c>
+      <c r="F42" t="s">
+        <v>164</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H42" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>167</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>168</v>
+      </c>
+      <c r="D43" t="s">
+        <v>111</v>
+      </c>
+      <c r="E43" t="s">
+        <v>112</v>
+      </c>
+      <c r="F43" t="s">
+        <v>169</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H43" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>172</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>173</v>
+      </c>
+      <c r="D44" t="s">
+        <v>111</v>
+      </c>
+      <c r="E44" t="s">
+        <v>112</v>
+      </c>
+      <c r="F44" t="s">
+        <v>174</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H44" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>177</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>178</v>
+      </c>
+      <c r="D45" t="s">
+        <v>111</v>
+      </c>
+      <c r="E45" t="s">
+        <v>112</v>
+      </c>
+      <c r="F45" t="s">
+        <v>174</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H45" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>181</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>182</v>
+      </c>
+      <c r="D46" t="s">
+        <v>111</v>
+      </c>
+      <c r="E46" t="s">
+        <v>112</v>
+      </c>
+      <c r="F46" t="s">
+        <v>164</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="H46" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>185</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>186</v>
+      </c>
+      <c r="D47" t="s">
+        <v>111</v>
+      </c>
+      <c r="E47" t="s">
+        <v>112</v>
+      </c>
+      <c r="F47" t="s">
+        <v>174</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H47" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>189</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>190</v>
+      </c>
+      <c r="D48" t="s">
+        <v>111</v>
+      </c>
+      <c r="E48" t="s">
+        <v>112</v>
+      </c>
+      <c r="F48" t="s">
+        <v>174</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H48" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>193</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>194</v>
+      </c>
+      <c r="D49" t="s">
+        <v>111</v>
+      </c>
+      <c r="E49" t="s">
+        <v>112</v>
+      </c>
+      <c r="F49" t="s">
+        <v>174</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H49" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>197</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>198</v>
+      </c>
+      <c r="D50" t="s">
+        <v>111</v>
+      </c>
+      <c r="E50" t="s">
+        <v>112</v>
+      </c>
+      <c r="F50" t="s">
+        <v>164</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H50" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>201</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>202</v>
+      </c>
+      <c r="D51" t="s">
+        <v>111</v>
+      </c>
+      <c r="E51" t="s">
+        <v>112</v>
+      </c>
+      <c r="F51" t="s">
+        <v>147</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H51" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>205</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>206</v>
+      </c>
+      <c r="D52" t="s">
+        <v>111</v>
+      </c>
+      <c r="E52" t="s">
+        <v>112</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H52" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>209</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>10</v>
+      </c>
+      <c r="D53" t="s">
+        <v>210</v>
+      </c>
+      <c r="E53" t="s">
+        <v>211</v>
+      </c>
+      <c r="F53" t="s">
+        <v>72</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="H53" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>214</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>17</v>
+      </c>
+      <c r="D54" t="s">
+        <v>210</v>
+      </c>
+      <c r="E54" t="s">
+        <v>211</v>
+      </c>
+      <c r="F54" t="s">
+        <v>72</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H54" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>217</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>22</v>
+      </c>
+      <c r="D55" t="s">
+        <v>210</v>
+      </c>
+      <c r="E55" t="s">
+        <v>211</v>
+      </c>
+      <c r="F55" t="s">
+        <v>72</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H55" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>220</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>26</v>
+      </c>
+      <c r="D56" t="s">
+        <v>210</v>
+      </c>
+      <c r="E56" t="s">
+        <v>211</v>
+      </c>
+      <c r="F56" t="s">
+        <v>72</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="H56" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>223</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>30</v>
+      </c>
+      <c r="D57" t="s">
+        <v>210</v>
+      </c>
+      <c r="E57" t="s">
+        <v>211</v>
+      </c>
+      <c r="F57" t="s">
+        <v>72</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H57" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>226</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>34</v>
+      </c>
+      <c r="D58" t="s">
+        <v>210</v>
+      </c>
+      <c r="E58" t="s">
+        <v>211</v>
+      </c>
+      <c r="F58" t="s">
+        <v>72</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H58" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>229</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>37</v>
+      </c>
+      <c r="D59" t="s">
+        <v>210</v>
+      </c>
+      <c r="E59" t="s">
+        <v>211</v>
+      </c>
+      <c r="F59" t="s">
+        <v>72</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H59" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>232</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>10</v>
+      </c>
+      <c r="D60" t="s">
+        <v>233</v>
+      </c>
+      <c r="E60" t="s">
+        <v>234</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H60" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>236</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>17</v>
+      </c>
+      <c r="D61" t="s">
+        <v>233</v>
+      </c>
+      <c r="E61" t="s">
+        <v>234</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H61" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>238</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>22</v>
+      </c>
+      <c r="D62" t="s">
+        <v>233</v>
+      </c>
+      <c r="E62" t="s">
+        <v>234</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H62" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>239</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>26</v>
+      </c>
+      <c r="D63" t="s">
+        <v>233</v>
+      </c>
+      <c r="E63" t="s">
+        <v>234</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H63" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>240</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>30</v>
+      </c>
+      <c r="D64" t="s">
+        <v>233</v>
+      </c>
+      <c r="E64" t="s">
+        <v>234</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H64" t="s">
+        <v>237</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>